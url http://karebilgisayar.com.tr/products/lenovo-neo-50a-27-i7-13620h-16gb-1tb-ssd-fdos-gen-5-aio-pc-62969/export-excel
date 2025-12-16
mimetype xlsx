--- v0 (2025-10-18)
+++ v1 (2025-12-16)
@@ -110,84 +110,84 @@
   <si>
     <t>1920x1080 FullHD</t>
   </si>
   <si>
     <t>Ekran Boyutu</t>
   </si>
   <si>
     <t>27"</t>
   </si>
   <si>
     <t>Bellek Kapasitesi</t>
   </si>
   <si>
     <t>16 GB</t>
   </si>
   <si>
     <t>Optik Sürücü</t>
   </si>
   <si>
     <t>Bellek Tipi</t>
   </si>
   <si>
     <t>DDR5 5600MHz (2 slot Max. 32GB)</t>
   </si>
   <si>
+    <t>Hoparlör</t>
+  </si>
+  <si>
+    <t>Var</t>
+  </si>
+  <si>
+    <t>Kart Okuyucu</t>
+  </si>
+  <si>
+    <t>Web Kamerası</t>
+  </si>
+  <si>
+    <t>1080p FHD</t>
+  </si>
+  <si>
+    <t>Güç Kaynağı</t>
+  </si>
+  <si>
+    <t>Belirtilmemiş</t>
+  </si>
+  <si>
+    <t>Parmak İzi Okuyucu</t>
+  </si>
+  <si>
+    <t>Kablosuz</t>
+  </si>
+  <si>
+    <t>802.11ax Wi-Fi 6 Bluetooth 5.2</t>
+  </si>
+  <si>
     <t>Disk Kapasitesi</t>
   </si>
   <si>
-    <t>512 GB SSD</t>
-[...29 lines deleted...]
-    <t>802.11ax Wi-Fi 6 Bluetooth 5.2</t>
+    <t>1 TB SSD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -652,83 +652,83 @@
       <c r="B16" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>30</v>
       </c>
       <c r="B17" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>32</v>
       </c>
       <c r="B18" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>34</v>
       </c>
       <c r="B19" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>37</v>
       </c>
       <c r="B21" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>39</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>42</v>
       </c>
       <c r="B24" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>