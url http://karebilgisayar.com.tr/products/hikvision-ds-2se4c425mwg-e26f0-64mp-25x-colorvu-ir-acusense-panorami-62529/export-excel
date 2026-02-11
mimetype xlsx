--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -80,57 +80,57 @@
   <si>
     <t>PoE Desteği</t>
   </si>
   <si>
     <t>Var (Aktif PoE)</t>
   </si>
   <si>
     <t>WDR</t>
   </si>
   <si>
     <t>120dB</t>
   </si>
   <si>
     <t>Alarm Desteği</t>
   </si>
   <si>
     <t>Yok</t>
   </si>
   <si>
     <t>Gece Görüş Mesafesi</t>
   </si>
   <si>
     <t>100m</t>
   </si>
   <si>
+    <t>Kamera SD Kart Desteği</t>
+  </si>
+  <si>
+    <t>Var</t>
+  </si>
+  <si>
     <t>24/7 Color</t>
-  </si>
-[...4 lines deleted...]
-    <t>Var</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -539,59 +539,59 @@
       <c r="B9" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>22</v>
       </c>
       <c r="B12" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">